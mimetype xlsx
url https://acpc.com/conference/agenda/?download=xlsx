--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -9,2735 +9,2142 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="116">
   <si>
     <t>Day</t>
   </si>
   <si>
     <t>Start Time</t>
   </si>
   <si>
     <t>End Time</t>
   </si>
   <si>
     <t>Event Name</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Presenter</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
-    <t>Friday, August 15</t>
+    <t>Saturday, August 29</t>
+  </si>
+  <si>
+    <t>8:00 am</t>
+  </si>
+  <si>
+    <t>12:00 pm</t>
+  </si>
+  <si>
+    <t>Badge Pickup</t>
+  </si>
+  <si>
+    <t>Del Lago Foyer - Lower Level JW Marriott</t>
+  </si>
+  <si>
+    <t>8:15 am</t>
+  </si>
+  <si>
+    <t>Airline Round Table Appointment Selection</t>
+  </si>
+  <si>
+    <t>Del Lago - Lower Level JW Marriott</t>
+  </si>
+  <si>
+    <t>Airline Roundtable Selection appointments are by Priority Grouping only.</t>
+  </si>
+  <si>
+    <t>9:00 am</t>
+  </si>
+  <si>
+    <t>ACPC Mobile App Help Desk</t>
+  </si>
+  <si>
+    <t>Palazzo Ballroom</t>
+  </si>
+  <si>
+    <t>Hosted by Cvent</t>
+  </si>
+  <si>
+    <t>Hospitality Suite</t>
+  </si>
+  <si>
+    <t>Grab a drink or refreshment of your choice, sit down, catch up on work, relax, or network and talk some business in our Hospitality Suite.</t>
+  </si>
+  <si>
+    <t>4:30 pm</t>
+  </si>
+  <si>
+    <t>Meet &amp; Greet Sessions</t>
+  </si>
+  <si>
+    <t>5:00 pm</t>
+  </si>
+  <si>
+    <t>ACPC Business Development Power Hub </t>
+  </si>
+  <si>
+    <t>hosted by Interactive Training Solutions</t>
+  </si>
+  <si>
+    <t>Take advantage of FREE coaching in key areas that are critical for creating, developing and maintaining a strong business network!</t>
+  </si>
+  <si>
+    <t>Palazzo Ballroom </t>
+  </si>
+  <si>
+    <t>10:00 am</t>
+  </si>
+  <si>
+    <t>10:45 am</t>
+  </si>
+  <si>
+    <t>Supplier New Attendee Orientation</t>
+  </si>
+  <si>
+    <t>TBA</t>
+  </si>
+  <si>
+    <t>facilitated by TBA</t>
+  </si>
+  <si>
+    <t>Airline New Attendee Orientation</t>
+  </si>
+  <si>
+    <t>11:00 am</t>
+  </si>
+  <si>
+    <t>12:30 pm</t>
+  </si>
+  <si>
+    <t>Professional Development Session</t>
+  </si>
+  <si>
+    <t>David Suarez</t>
+  </si>
+  <si>
+    <t>Headshot Photo Lounge</t>
+  </si>
+  <si>
+    <t>Deb Scally Photography</t>
+  </si>
+  <si>
+    <t>12:45 pm</t>
+  </si>
+  <si>
+    <t>1:45 pm</t>
+  </si>
+  <si>
+    <t>Professional Development Session </t>
+  </si>
+  <si>
+    <t>1:00 pm</t>
+  </si>
+  <si>
+    <t>hosted by Cvent</t>
+  </si>
+  <si>
+    <t>7:00 pm</t>
+  </si>
+  <si>
+    <t>1:15 pm</t>
+  </si>
+  <si>
+    <t>2:00 pm</t>
+  </si>
+  <si>
+    <t>3:00 pm</t>
+  </si>
+  <si>
+    <t>Peer to Peer Chat Circle </t>
   </si>
   <si>
     <t>4:00 pm</t>
   </si>
   <si>
+    <t>2:30 pm</t>
+  </si>
+  <si>
+    <t>Collaborative Workshop </t>
+  </si>
+  <si>
+    <t>facilitated by Interactive Training Solutions</t>
+  </si>
+  <si>
+    <t>Live Crowd Trivia</t>
+  </si>
+  <si>
+    <t>hosted by Jay Bant</t>
+  </si>
+  <si>
+    <t>Palazzo Foyer</t>
+  </si>
+  <si>
+    <t>5:15 pm</t>
+  </si>
+  <si>
+    <t>Welcome Reception &amp; Welcome Address</t>
+  </si>
+  <si>
+    <t>Rachel Niederer, Board of Directors &amp; Airline Advisory Council</t>
+  </si>
+  <si>
+    <t>Enjoy appetizers and cocktails during this reception, network with other attendees and hear from your ACPC Chairman as they welcome you to the 2026 ACPC!</t>
+  </si>
+  <si>
+    <t>Sunday, August 30</t>
+  </si>
+  <si>
+    <t>Airline Roundtable Appointment Selection Support</t>
+  </si>
+  <si>
+    <t>Have questions about your Airline Roundtable appointments? Need your appointment schedule re-emailed or re-printed? Stop by the desk for assistance.</t>
+  </si>
+  <si>
+    <t>Supplier companies can secure additional Roundtable meetings, if available.</t>
+  </si>
+  <si>
+    <t>8:30 am</t>
+  </si>
+  <si>
+    <t>11:30 am</t>
+  </si>
+  <si>
+    <t>Aviation Networking Forum - Booth Set-Up for Suppliers</t>
+  </si>
+  <si>
+    <t>Coquina Ballroom</t>
+  </si>
+  <si>
+    <t>Registered Suppliers with reserved booth space may set up their booths during this time.</t>
+  </si>
+  <si>
+    <t>10:30 am</t>
+  </si>
+  <si>
+    <t>Airline Session</t>
+  </si>
+  <si>
+    <t>3:30 pm</t>
+  </si>
+  <si>
+    <t>ACPC Business Development Power Hub</t>
+  </si>
+  <si>
+    <t>10:15 am</t>
+  </si>
+  <si>
+    <t>11:15 am</t>
+  </si>
+  <si>
+    <t>Private Airline Luncheon</t>
+  </si>
+  <si>
+    <t>Mediterranean Ballroom 1-3</t>
+  </si>
+  <si>
+    <t>Aviation Networking Forum - Airlines Only</t>
+  </si>
+  <si>
+    <t>This time is reserved for Airline attendees only to peruse the exhibit area</t>
+  </si>
+  <si>
+    <t>1:30 pm</t>
+  </si>
+  <si>
     <t>6:00 pm</t>
   </si>
   <si>
-    <t>Pets for Vets® Silent Auction Item Drop Off</t>
-[...295 lines deleted...]
-  <si>
     <t>2:45 pm</t>
   </si>
   <si>
     <t>Peer to Peer Chat Circle</t>
   </si>
   <si>
-    <t>facilitated by John Rogers &amp; Dennis Suedkamp</t>
-[...16 lines deleted...]
-  <si>
     <t>Aviation Networking Forum - Open to Airline &amp; Supplier Attendees</t>
   </si>
   <si>
     <t>The exhibit area is open both Airline &amp; Supplier attendees during this time.</t>
   </si>
   <si>
     <t>10:00 pm</t>
   </si>
   <si>
-    <t>ACPC Tailgate Party</t>
-[...8 lines deleted...]
-    <t>Monday, August 18</t>
+    <t>Buffet Dinner Reception</t>
+  </si>
+  <si>
+    <t>Mediterranean Ballroom</t>
+  </si>
+  <si>
+    <t>featuring TBA</t>
+  </si>
+  <si>
+    <t>Monday, August 31</t>
   </si>
   <si>
     <t>9:50 am</t>
   </si>
   <si>
     <t>Airline Private Networking</t>
   </si>
   <si>
-    <t>International Ballroom 4-10</t>
+    <t>Ritz Carlton Ballroom</t>
   </si>
   <si>
     <t>Airline Attendees - Come early and enjoy coffee and bagels while networking with other airline attendees before the Round Table Sessions begin.</t>
   </si>
   <si>
     <t>Badge Pickup &amp; Customer Service</t>
   </si>
   <si>
     <t>9:15 am</t>
   </si>
   <si>
-    <t>facilitated by Shawn Wilson and Jeff Crosby</t>
-[...7 lines deleted...]
-  <si>
     <t>Airline Round Table Sessions</t>
   </si>
   <si>
-    <t>International Ballroom 1-10</t>
-[...1 lines deleted...]
-  <si>
     <t>11:45 am</t>
   </si>
   <si>
-    <t>facilitated by Tonya Wondolowski &amp; Robert Bial</t>
-[...1 lines deleted...]
-  <si>
     <t>12:15 pm</t>
   </si>
   <si>
     <t>Business Luncheon and Keynote Speaker</t>
   </si>
   <si>
-    <t>Marquis Ballroom</t>
-[...4 lines deleted...]
-  <si>
     <t>1:50 pm</t>
   </si>
   <si>
-    <t>A706/A707</t>
-[...7 lines deleted...]
-  <si>
     <t>5:30 pm</t>
   </si>
   <si>
     <t>Live Crowd Trivia II</t>
   </si>
   <si>
     <t>9:00 pm</t>
   </si>
   <si>
     <t>Semi Formal Banquet Dinner </t>
   </si>
   <si>
-    <t>Theme- Through the Ages</t>
-[...1 lines deleted...]
-  <si>
     <t>Semi Formal Attire/Business Attire (No Jeans, T-Shirts, Shorts)</t>
   </si>
   <si>
     <t>Entertainment</t>
   </si>
   <si>
-    <t>Tuesday, August 19</t>
+    <t>.</t>
+  </si>
+  <si>
+    <t>Tuesday, September 1</t>
+  </si>
+  <si>
+    <t>Supplier Closed Meeting</t>
   </si>
   <si>
     <t>Airline Closed Meeting</t>
   </si>
   <si>
-    <t>Supplier Closed Meeting</t>
-[...1 lines deleted...]
-  <si>
     <t>12:20 pm</t>
   </si>
   <si>
     <t>Business Luncheon and Entertainment</t>
   </si>
   <si>
-    <t>Comedian Marty Simpson</t>
-[...2 lines deleted...]
-    <t>Get ready to end the 2025 ACPC on a high note with comedian Marty Simpson who's guaranteed to bring laughter and lighthearted moments to your day.</t>
+    <t>Nathan Coe Marsh</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G92"/>
+  <dimension ref="A1:G75"/>
   <cols>
-    <col min="1" max="1" width="20"/>
+    <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="11"/>
     <col min="3" max="3" width="9"/>
     <col min="4" max="4" width="60"/>
-    <col min="5" max="5" width="28"/>
-    <col min="6" max="6" width="49"/>
+    <col min="5" max="5" width="41"/>
+    <col min="6" max="6" width="60"/>
     <col min="7" max="7" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2"/>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Donating something for the Pets for Vets® Silent Auction? Drop off your item(s) for the auction at the Imperial Registration Desk from 4:00 PM - 6:00 PM on Friday or from 9:00 AM - 11:00 AM on Saturday morning!</t>
+          <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B3" t="s">
         <v>12</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>13</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>14</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3"/>
+      <c r="G3" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" t="s">
         <v>17</v>
       </c>
-      <c r="C4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" t="s">
         <v>19</v>
       </c>
-      <c r="F4"/>
-[...1 lines deleted...]
-        <v>20</v>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2026 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
+        </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="F6"/>
       <c r="G6" t="inlineStr">
         <is>
-          <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2025 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
+          <t>Open to Suppliers and Airlines - A 30-minute time slot for you to talk business in a casual and relaxed environment! Just show up, take a seat, and let the business come to you! Be sure to check out the Diversity Corner: A valuable opportunity for Airline and Supplier Companies to proactively seek strategic partnerships with diverse companies and for diverse companies to learn how they can help Airline and Supplier Companies achieve their diversity goals and how to enroll in their certified diversity programs, if applicable. Your company can take part in these mutually beneficial networking sessions throughout the conference. Just ask to host a table in the Diversity Corner and have Diversity Corner added to your table display.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="D7" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" t="s">
         <v>26</v>
       </c>
-      <c r="E7" t="s">
-[...2 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G7" t="s">
         <v>27</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F8"/>
+      <c r="G8" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
-      <c r="F9"/>
-      <c r="G9" t="s">
+      <c r="F9" t="s">
         <v>33</v>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>New to the ACPC? This session is specifically designed for Supplier attendees. In this session, 2026 ACPC Board members will share more about the conference and how to take advantage of all of the networking and learning opportunities available with your Supplier Registration.</t>
+        </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B10" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F10" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>33</v>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>New to the ACPC? This session is specifically designed for Airline attendees. Join 2026 ACPC Board members to learn more about the conference and how to take advantage of all of the networking and learning opportunities available with your Airline Registration.</t>
+        </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B11" t="s">
+        <v>35</v>
+      </c>
+      <c r="C11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11" t="s">
         <v>37</v>
       </c>
-      <c r="C11" t="s">
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
         <v>38</v>
       </c>
-      <c r="D11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>New to the ACPC? This session is specifically designed for Airline attendees. Join 2025 ACPC Board members to learn more about the conference and how to take advantage of all of the networking and learning opportunities available with your Airline Registration.</t>
+          <t>Roundtable Power Up - Master simple strategies to get the most out of your roundtable sessions – maximizing your allotted time to position you as the go-to vendor for your airline contacts!</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B12" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="D12" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E12" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F12" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>New to the ACPC? This session is specifically designed for Supplier attendees. In this session, 2025 ACPC Board members will share more about the conference and how to take advantage of all of the networking and learning opportunities available with your Supplier Registration.</t>
+          <t>Sit for a free headshot photo to use on LinkedIn, social media, company website, company portfolio, marketing or advertising - wherever a good photo is required! Deb Scally is a Nashville-based portrait photographer with more than a decade of experience in public and private sector events.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B13" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="C13" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D13" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E13" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F13" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G13"/>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B14" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C14" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D14" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F14" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>Sit for a free headshot photo to use on LinkedIn, social media, company website, company portfolio, marketing or advertising - wherever a good photo is required! Deb Scally is a Nashville-based portrait photographer with more than a decade of experience in public and private sector events.</t>
+          <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2026 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B15" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="E15" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="F15"/>
       <c r="G15" t="inlineStr">
         <is>
-          <t>Join us for an exclusive silent auction in support of Pets for Vets®. Browse a variety of unique items and experiences, generously donated to further their mission. Bidding is open on the auction app until 10:30 PM on Sunday. Winners will be notified through the auction app after the auction closes. Every bid makes a difference—thank you for your support!</t>
+          <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B16" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="D16" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
-[...7 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="F16"/>
+      <c r="G16" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B17" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F17" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G17"/>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B18" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="C18" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F18" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G18"/>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B19" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="C19" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="E19" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F19" t="s">
+        <v>32</v>
+      </c>
+      <c r="G19"/>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B20" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="C20" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F20" t="s">
+        <v>54</v>
+      </c>
+      <c r="G20"/>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="C21" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="F21" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>56</v>
+      </c>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>Live Crowd Trivia Contest returns this year in the Hospitality Suite with all new content. Test your knowledge against the best of the best on Aviation Topics. Winners get prizes!</t>
+        </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="C22" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D22" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="E22" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="F22" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>45</v>
+      </c>
+      <c r="G22" t="inlineStr">
+        <is>
+          <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2026 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
+        </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B23" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="C23" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D23" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="E23" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F23" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="G23" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="B24" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D24" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="E24" t="s">
-        <v>40</v>
-[...7 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="F24"/>
+      <c r="G24" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="B25" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>24</v>
-[...7 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="F25"/>
+      <c r="G25" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="B26" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="D26" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="E26" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="F26"/>
       <c r="G26" t="inlineStr">
         <is>
-          <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2025 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
+          <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="B27" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="C27" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
       <c r="E27" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        </is>
+        <v>69</v>
+      </c>
+      <c r="F27"/>
+      <c r="G27" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="B28" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="C28" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="D28" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="E28" t="s">
-        <v>78</v>
+        <v>32</v>
       </c>
       <c r="F28" t="s">
-        <v>79</v>
-[...5 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G28"/>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C29" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D29" t="s">
-        <v>81</v>
+        <v>43</v>
       </c>
       <c r="E29" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F29" t="s">
+        <v>32</v>
+      </c>
+      <c r="G29"/>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C30" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D30" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E30" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-        <v>83</v>
+        <v>18</v>
+      </c>
+      <c r="F30" t="s">
+        <v>45</v>
+      </c>
+      <c r="G30" t="inlineStr">
+        <is>
+          <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2026 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
+        </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B31" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C31" t="s">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="D31" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="E31" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="F31"/>
+        <v>18</v>
+      </c>
+      <c r="F31" t="s">
+        <v>40</v>
+      </c>
       <c r="G31" t="inlineStr">
         <is>
-          <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2025 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
+          <t>Sit for a free headshot photo to use on LinkedIn, social media, company website, company portfolio, marketing or advertising - wherever a good photo is required! Deb Scally is a Nashville-based portrait photographer with more than a decade of experience in public and private sector events.</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B32" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="C32" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="D32" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="E32" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
       <c r="F32"/>
-      <c r="G32" t="s">
-        <v>89</v>
+      <c r="G32" t="inlineStr">
+        <is>
+          <t>Open to Suppliers and Airlines - A 30-minute time slot for you to talk business in a casual and relaxed environment! Just show up, take a seat, and let the business come to you!</t>
+        </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B33" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C33" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="D33" t="s">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="E33" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F33" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="G33" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B34" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="C34" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="D34" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="F34"/>
-      <c r="G34" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G34" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B35" t="s">
+        <v>75</v>
+      </c>
+      <c r="C35" t="s">
+        <v>76</v>
+      </c>
+      <c r="D35" t="s">
         <v>37</v>
       </c>
-      <c r="C35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F35" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G35"/>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B36" t="s">
+        <v>71</v>
+      </c>
+      <c r="C36" t="s">
+        <v>67</v>
+      </c>
+      <c r="D36" t="s">
         <v>37</v>
       </c>
-      <c r="C36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E36" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F36" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G36"/>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B37" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="C37" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D37" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="E37" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="F37" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>32</v>
+      </c>
+      <c r="G37" t="inlineStr">
+        <is>
+          <t>Open to registered Airline attendees only! Join us for lunch at 11:30 AM before perusing the Aviation Networking Forum (ANF) during the Airline Only time beginning at 1:00 PM.</t>
+        </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B38" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C38" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="D38" t="s">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="E38" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F38" t="s">
+        <v>32</v>
+      </c>
+      <c r="G38"/>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B39" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C39" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
       <c r="D39" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E39" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-        <v>33</v>
+        <v>18</v>
+      </c>
+      <c r="F39" t="s">
+        <v>45</v>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2026 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
+        </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
+        <v>62</v>
+      </c>
+      <c r="B40" t="s">
+        <v>44</v>
+      </c>
+      <c r="C40" t="s">
+        <v>73</v>
+      </c>
+      <c r="D40" t="s">
+        <v>79</v>
+      </c>
+      <c r="E40" t="s">
+        <v>69</v>
+      </c>
+      <c r="F40"/>
+      <c r="G40" t="s">
         <v>80</v>
-      </c>
-[...18 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B41" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="C41" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="D41" t="s">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="E41" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>11</v>
+      </c>
+      <c r="F41"/>
+      <c r="G41" t="inlineStr">
+        <is>
+          <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
+        </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B42" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="C42" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="D42" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="E42" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="F42" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G42"/>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B43" t="s">
-        <v>98</v>
+        <v>73</v>
       </c>
       <c r="C43" t="s">
+        <v>82</v>
+      </c>
+      <c r="D43" t="s">
+        <v>85</v>
+      </c>
+      <c r="E43" t="s">
+        <v>69</v>
+      </c>
+      <c r="F43"/>
+      <c r="G43" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B44" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="C44" t="s">
-        <v>53</v>
+        <v>82</v>
       </c>
       <c r="D44" t="s">
-        <v>101</v>
+        <v>17</v>
       </c>
       <c r="E44" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="F44" t="s">
-        <v>103</v>
+        <v>45</v>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>Open to registered Airline attendees only! Join us for lunch at 11:30 AM before perusing the Aviation Networking Forum (ANF) during the Airline Only time beginning at 1:00 PM.</t>
+          <t>Saturday and Sunday ONLY! This is your last chance to stop by the Mobile App Help Desk to learn how to fully utilize the 2026 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B45" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="C45" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="D45" t="s">
-        <v>55</v>
+        <v>88</v>
       </c>
       <c r="E45" t="s">
-        <v>43</v>
+        <v>89</v>
       </c>
       <c r="F45" t="s">
-        <v>104</v>
-[...5 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="G45"/>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B46" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="C46" t="s">
         <v>92</v>
       </c>
       <c r="D46" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="E46" t="s">
-        <v>24</v>
-[...7 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="F46"/>
+      <c r="G46" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B47" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="C47" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="D47" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="E47" t="s">
-        <v>88</v>
+        <v>14</v>
       </c>
       <c r="F47"/>
-      <c r="G47" t="s">
-        <v>106</v>
+      <c r="G47" t="inlineStr">
+        <is>
+          <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
+        </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B48" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="C48" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="D48" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="E48" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F48" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G48"/>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B49" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="C49" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D49" t="s">
-        <v>18</v>
+        <v>74</v>
       </c>
       <c r="E49" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="F49"/>
+        <v>18</v>
+      </c>
+      <c r="F49" t="s">
+        <v>26</v>
+      </c>
       <c r="G49" t="s">
-        <v>107</v>
+        <v>27</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B50" t="s">
-        <v>108</v>
+        <v>16</v>
       </c>
       <c r="C50" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="D50" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="E50" t="s">
-        <v>67</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>18</v>
+      </c>
+      <c r="F50"/>
+      <c r="G50" t="inlineStr">
+        <is>
+          <t>Open to Suppliers and Airlines - A 30-minute time slot for you to talk business in a casual and relaxed environment! Just show up, take a seat, and let the business come to you!</t>
+        </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B51" t="s">
-        <v>108</v>
+        <v>16</v>
       </c>
       <c r="C51" t="s">
         <v>9</v>
       </c>
       <c r="D51" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F51"/>
-      <c r="G51" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G51" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B52" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="C52" t="s">
-        <v>109</v>
+        <v>9</v>
       </c>
       <c r="D52" t="s">
-        <v>110</v>
+        <v>39</v>
       </c>
       <c r="E52" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="F52" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>40</v>
+      </c>
+      <c r="G52" t="inlineStr">
+        <is>
+          <t>Sit for a free headshot photo to use on LinkedIn, social media, company website, company portfolio, marketing or advertising - wherever a good photo is required! Deb Scally is a Nashville-based portrait photographer with more than a decade of experience in public and private sector events.</t>
+        </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B53" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="C53" t="s">
-        <v>114</v>
+        <v>75</v>
       </c>
       <c r="D53" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E53" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F53" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G53"/>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B54" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="C54" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D54" t="s">
-        <v>116</v>
+        <v>37</v>
       </c>
       <c r="E54" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="F54" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G54"/>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B55" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="C55" t="s">
         <v>9</v>
       </c>
       <c r="D55" t="s">
-        <v>117</v>
+        <v>98</v>
       </c>
       <c r="E55" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="F55"/>
-      <c r="G55" t="s">
-        <v>118</v>
+      <c r="G55" t="inlineStr">
+        <is>
+          <t>A flagship event of the ACPC, Airline Roundtable meetings are considered to be one of the core ingredients that have made the conference so successful for 69 years.</t>
+        </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B56" t="s">
-        <v>92</v>
+        <v>30</v>
       </c>
       <c r="C56" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="D56" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="E56" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="F56" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G56"/>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B57" t="s">
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="C57" t="s">
-        <v>119</v>
+        <v>81</v>
       </c>
       <c r="D57" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="E57" t="s">
-        <v>121</v>
+        <v>89</v>
       </c>
       <c r="F57" t="s">
-        <v>122</v>
-[...5 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G57"/>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>123</v>
+        <v>91</v>
       </c>
       <c r="B58" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="C58" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="D58" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
       <c r="E58" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="F58"/>
-      <c r="G58" t="s">
-        <v>127</v>
+      <c r="G58" t="inlineStr">
+        <is>
+          <t>A flagship event of the ACPC, Airline Roundtable meetings are considered to be one of the core ingredients that have made the conference so successful for 69 years.</t>
+        </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>123</v>
+        <v>91</v>
       </c>
       <c r="B59" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="C59" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="D59" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="E59" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F59" t="s">
+        <v>32</v>
+      </c>
+      <c r="G59"/>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>91</v>
       </c>
       <c r="B60" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="C60" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D60" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="E60" t="s">
-        <v>67</v>
+        <v>18</v>
       </c>
       <c r="F60" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>40</v>
+      </c>
+      <c r="G60" t="inlineStr">
+        <is>
+          <t>Sit for a free headshot photo to use on LinkedIn, social media, company website, company portfolio, marketing or advertising - wherever a good photo is required! Deb Scally is a Nashville-based portrait photographer with more than a decade of experience in public and private sector events.</t>
+        </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>123</v>
+        <v>91</v>
       </c>
       <c r="B61" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="C61" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="D61" t="s">
-        <v>94</v>
+        <v>23</v>
       </c>
       <c r="E61" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>18</v>
+      </c>
+      <c r="F61"/>
+      <c r="G61" t="inlineStr">
+        <is>
+          <t>Open to Suppliers and Airlines - A 30-minute time slot for you to talk business in a casual and relaxed environment! Just show up, take a seat, and let the business come to you!</t>
+        </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>123</v>
+        <v>91</v>
       </c>
       <c r="B62" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="C62" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="D62" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="E62" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F62" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="G62" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>123</v>
+        <v>91</v>
       </c>
       <c r="B63" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="C63" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="D63" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F63"/>
       <c r="G63" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>123</v>
+        <v>91</v>
       </c>
       <c r="B64" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="C64" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D64" t="s">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="E64" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F64"/>
+        <v>32</v>
+      </c>
+      <c r="F64" t="s">
+        <v>38</v>
+      </c>
       <c r="G64" t="inlineStr">
         <is>
-          <t>Open to Suppliers and Airlines - A 30-minute time slot for you to talk business in a casual and relaxed environment! Just show up, take a seat, and let the business come to you!</t>
+          <t>Beyond the Roundtables - Keep the momentum after the ACPC and discover how to maintain and nurture the relationships you’ve started once you’re back in the office.</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>123</v>
+        <v>91</v>
       </c>
       <c r="B65" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="C65" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="D65" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="E65" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F65" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G65"/>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>123</v>
+        <v>91</v>
       </c>
       <c r="B66" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="C66" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="D66" t="s">
-        <v>63</v>
+        <v>104</v>
       </c>
       <c r="E66" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="F66" t="s">
-        <v>130</v>
+        <v>56</v>
       </c>
       <c r="G66" t="inlineStr">
         <is>
-          <t>Remote Work and Work-Life Balance - Discuss best practices for managing work responsibilities while ensuring personal well-being and share experiences about how remote work affects your daily life, productivity, and mental health.</t>
+          <t>If you missed the fun on Saturday night, this is your chance to test your knowledge against the best of the best on Aviation Topics. For those of you who played on Saturday, come back and play again in an all-new game. Winners get prizes!</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>123</v>
+        <v>91</v>
       </c>
       <c r="B67" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="C67" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="D67" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="E67" t="s">
-        <v>43</v>
-[...7 lines deleted...]
-        </is>
+        <v>89</v>
+      </c>
+      <c r="F67"/>
+      <c r="G67" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>123</v>
+        <v>91</v>
       </c>
       <c r="B68" t="s">
-        <v>37</v>
+        <v>105</v>
       </c>
       <c r="C68" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="D68" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="E68" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-        <v>132</v>
+        <v>89</v>
+      </c>
+      <c r="F68" t="s">
+        <v>32</v>
+      </c>
+      <c r="G68" t="s" s="2">
+        <v>109</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="B69" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="D69" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="E69" t="s">
-        <v>134</v>
+        <v>32</v>
       </c>
       <c r="F69"/>
-      <c r="G69" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G69"/>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="B70" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>135</v>
+        <v>66</v>
       </c>
       <c r="D70" t="s">
-        <v>63</v>
+        <v>112</v>
       </c>
       <c r="E70" t="s">
-        <v>64</v>
-[...8 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F70"/>
+      <c r="G70"/>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="B71" t="s">
-        <v>137</v>
+        <v>16</v>
       </c>
       <c r="C71" t="s">
-        <v>108</v>
+        <v>29</v>
       </c>
       <c r="D71" t="s">
-        <v>138</v>
+        <v>96</v>
       </c>
       <c r="E71" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F71"/>
       <c r="G71" t="inlineStr">
         <is>
-          <t>Leading Through Innovation: The Implications of Emerging Technology for Tomorrow’s Leaders - Dr. DuBravac will explore how emerging technologies are reshaping industries, organizations, and the very nature of leadership itself.</t>
+          <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="B72" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="C72" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D72" t="s">
-        <v>133</v>
+        <v>39</v>
       </c>
       <c r="E72" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="F72"/>
+        <v>18</v>
+      </c>
+      <c r="F72" t="s">
+        <v>40</v>
+      </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t>A flagship event of the ACPC, Airline Roundtable meetings are considered to be one of the core ingredients that have made the conference so successful for 67 years.</t>
+          <t>Sit for a free headshot photo to use on LinkedIn, social media, company website, company portfolio, marketing or advertising - wherever a good photo is required! Deb Scally is a Nashville-based portrait photographer with more than a decade of experience in public and private sector events.</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="B73" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="C73" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
       <c r="D73" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="E73" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>143</v>
+        <v>18</v>
+      </c>
+      <c r="F73"/>
+      <c r="G73" t="inlineStr">
+        <is>
+          <t>Open to Suppliers and Airlines - A 30-minute time slot for you to talk business in a casual and relaxed environment! Just show up, take a seat, and let the business come to you!</t>
+        </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="B74" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="C74" t="s">
-        <v>8</v>
+        <v>113</v>
       </c>
       <c r="D74" t="s">
-        <v>131</v>
+        <v>98</v>
       </c>
       <c r="E74" t="s">
-        <v>11</v>
+        <v>94</v>
       </c>
       <c r="F74"/>
-      <c r="G74" t="s">
-        <v>144</v>
+      <c r="G74" t="inlineStr">
+        <is>
+          <t>A flagship event of the ACPC, Airline Roundtable meetings are considered to be one of the core ingredients that have made the conference so successful for 69 years.</t>
+        </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="B75" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="C75" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="D75" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="E75" t="s">
-        <v>24</v>
-[...397 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F75" t="s">
+        <v>115</v>
+      </c>
+      <c r="G75"/>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>