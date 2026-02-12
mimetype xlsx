--- v1 (2025-12-14)
+++ v2 (2026-02-12)
@@ -9,386 +9,437 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
   <si>
     <t>Day</t>
   </si>
   <si>
     <t>Start Time</t>
   </si>
   <si>
     <t>End Time</t>
   </si>
   <si>
     <t>Event Name</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Presenter</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Saturday, August 29</t>
   </si>
   <si>
     <t>8:00 am</t>
   </si>
   <si>
     <t>12:00 pm</t>
   </si>
   <si>
     <t>Badge Pickup</t>
   </si>
   <si>
     <t>Del Lago Foyer - Lower Level JW Marriott</t>
   </si>
   <si>
+    <t>ACPC Mobile App Help Desk</t>
+  </si>
+  <si>
+    <t>Hosted by Cvent</t>
+  </si>
+  <si>
+    <t>Connection Tracker Tool Assistance</t>
+  </si>
+  <si>
+    <t>Del Lago Foyer - Lower Level JW Marriott (Registration Customer Service Desk)</t>
+  </si>
+  <si>
     <t>8:15 am</t>
   </si>
   <si>
-    <t>Airline Round Table Appointment Selection</t>
+    <t>Airline Roundtable Appointment Selection</t>
   </si>
   <si>
     <t>Del Lago - Lower Level JW Marriott</t>
   </si>
   <si>
     <t>Airline Roundtable Selection appointments are by Priority Grouping only.</t>
   </si>
   <si>
     <t>9:00 am</t>
   </si>
   <si>
-    <t>ACPC Mobile App Help Desk</t>
-[...5 lines deleted...]
-    <t>Hosted by Cvent</t>
+    <t>4:30 pm</t>
+  </si>
+  <si>
+    <t>Meet &amp; Greet Sessions</t>
+  </si>
+  <si>
+    <t>Palazzo Ballroom - JW Marriott</t>
+  </si>
+  <si>
+    <t>5:00 pm</t>
+  </si>
+  <si>
+    <t>Hospitality Suite </t>
+  </si>
+  <si>
+    <t>Grab a drink or refreshment of your choice, sit down, catch up on work, relax, or network and talk some business in our Hospitality Suite.</t>
+  </si>
+  <si>
+    <t>ACPC Business Development Power Hub </t>
+  </si>
+  <si>
+    <t>hosted by Interactive Training Solutions</t>
+  </si>
+  <si>
+    <t>Take advantage of FREE coaching in key areas that are critical for creating, developing and maintaining a strong business network!</t>
+  </si>
+  <si>
+    <t>10:00 am</t>
+  </si>
+  <si>
+    <t>10:45 am</t>
+  </si>
+  <si>
+    <t>Airline New Attendee Orientation</t>
+  </si>
+  <si>
+    <t>Amarante 2-3 - Lower Level JW Marriott</t>
+  </si>
+  <si>
+    <t>facilitated by Rachel Niederer, A'Lasia Davis Binkley, Pamela Holiday and Chip Wasinsky</t>
+  </si>
+  <si>
+    <t>Supplier New Attendee Orientation</t>
+  </si>
+  <si>
+    <t>Segura 1-4 - Lower Level JW Marriott</t>
+  </si>
+  <si>
+    <t>facilitated by Mike Ballou and Amanda Hartwig</t>
+  </si>
+  <si>
+    <t>11:00 am</t>
+  </si>
+  <si>
+    <t>12:30 pm</t>
+  </si>
+  <si>
+    <t>Professional Development Session - Mastering the Roundtables</t>
+  </si>
+  <si>
+    <t>David Suarez</t>
+  </si>
+  <si>
+    <t>Headshot Photo Lounge</t>
+  </si>
+  <si>
+    <t>Deb Scally Photography</t>
+  </si>
+  <si>
+    <t>12:45 pm</t>
+  </si>
+  <si>
+    <t>1:45 pm</t>
+  </si>
+  <si>
+    <t>Professional Development Session </t>
+  </si>
+  <si>
+    <t>Bill Agee</t>
+  </si>
+  <si>
+    <t>1:00 pm</t>
+  </si>
+  <si>
+    <t>7:00 pm</t>
+  </si>
+  <si>
+    <t>hosted by Cvent</t>
+  </si>
+  <si>
+    <t>1:15 pm</t>
+  </si>
+  <si>
+    <t>1:30 pm</t>
+  </si>
+  <si>
+    <t>2:30 pm</t>
+  </si>
+  <si>
+    <t>2:00 pm</t>
+  </si>
+  <si>
+    <t>3:00 pm</t>
+  </si>
+  <si>
+    <t>Peer to Peer Chat Circle </t>
+  </si>
+  <si>
+    <t>Amarante 1 - Lower Level JW Marriott</t>
+  </si>
+  <si>
+    <t>facilitated by Althea Arvin &amp; Tonya Wondolowski</t>
+  </si>
+  <si>
+    <t>2:45 pm</t>
+  </si>
+  <si>
+    <t>3:45 pm</t>
+  </si>
+  <si>
+    <t>Professional Development Session</t>
+  </si>
+  <si>
+    <t>Collaborative Workshop </t>
+  </si>
+  <si>
+    <t>facilitated by Interactive Training Solutions </t>
+  </si>
+  <si>
+    <t>Live Crowd Trivia</t>
+  </si>
+  <si>
+    <t>hosted by Jay Bant</t>
+  </si>
+  <si>
+    <t>5:15 pm</t>
+  </si>
+  <si>
+    <t>Welcome Reception &amp; Welcome Address</t>
+  </si>
+  <si>
+    <t>Rachel Niederer, Board of Directors &amp; Airline Advisory Council</t>
+  </si>
+  <si>
+    <t>Sunday, August 30</t>
+  </si>
+  <si>
+    <t>Airline Roundtable Appointment Selection Support</t>
+  </si>
+  <si>
+    <t>Have questions about your Airline Roundtable appointments? Need your appointment schedule re-emailed or re-printed? Stop by the desk for assistance.</t>
+  </si>
+  <si>
+    <t>Supplier companies can secure additional Roundtable meetings, if available.</t>
+  </si>
+  <si>
+    <t>8:30 am</t>
+  </si>
+  <si>
+    <t>11:30 am</t>
+  </si>
+  <si>
+    <t>Aviation Networking Forum - Booth Set-Up for Suppliers</t>
+  </si>
+  <si>
+    <t>Coquina Ballroom - JW Marrriott</t>
+  </si>
+  <si>
+    <t>Registered Suppliers with reserved booth space may set up their booths during this time.</t>
+  </si>
+  <si>
+    <t>10:30 am</t>
+  </si>
+  <si>
+    <t>Airline Session</t>
+  </si>
+  <si>
+    <t>moderated by TBA</t>
+  </si>
+  <si>
+    <t>10:00 pm</t>
+  </si>
+  <si>
+    <t>3:30 pm</t>
+  </si>
+  <si>
+    <t>ACPC Business Development Power Hub</t>
+  </si>
+  <si>
+    <t>hosted by Interactive Training Solutions </t>
   </si>
   <si>
     <t>Hospitality Suite</t>
   </si>
   <si>
-    <t>Grab a drink or refreshment of your choice, sit down, catch up on work, relax, or network and talk some business in our Hospitality Suite.</t>
-[...29 lines deleted...]
-    <t>Supplier New Attendee Orientation</t>
+    <t>Private Airline Luncheon</t>
+  </si>
+  <si>
+    <t>Mediterranean Ballroom - 1-3 JW Marriott</t>
   </si>
   <si>
     <t>TBA</t>
   </si>
   <si>
-    <t>facilitated by TBA</t>
-[...50 lines deleted...]
-    <t>Peer to Peer Chat Circle </t>
+    <t>11:45 am</t>
+  </si>
+  <si>
+    <t>Peer to Peer Chat Circle</t>
+  </si>
+  <si>
+    <t>facilitated by Robert Bial &amp; Chris Schroh</t>
+  </si>
+  <si>
+    <t>Interactive Training Solutions</t>
+  </si>
+  <si>
+    <t>Aviation Networking Forum - Airlines Only</t>
+  </si>
+  <si>
+    <t>Coquina Ballroom - JW Marriott</t>
+  </si>
+  <si>
+    <t>This time is reserved for Airline attendees only to peruse the exhibit area</t>
+  </si>
+  <si>
+    <t>6:00 pm</t>
+  </si>
+  <si>
+    <t>Aviation Networking Forum - Open to Airline &amp; Supplier Attendees</t>
+  </si>
+  <si>
+    <t>The exhibit area is open both Airline &amp; Supplier attendees during this time.</t>
+  </si>
+  <si>
+    <t>Buffet Dinner Reception</t>
+  </si>
+  <si>
+    <t>Mediterranean Ballroom - JW Marriott</t>
+  </si>
+  <si>
+    <t>featuring TBA</t>
+  </si>
+  <si>
+    <t>Monday, August 31</t>
+  </si>
+  <si>
+    <t>9:50 am</t>
+  </si>
+  <si>
+    <t>Airline Private Networking</t>
+  </si>
+  <si>
+    <t>Ritz Carlton Ballroom - Ritz Carlton</t>
+  </si>
+  <si>
+    <t>Airline Attendees - Come early and enjoy coffee and bagels while networking with other airline attendees before the Round Table Sessions begin.</t>
+  </si>
+  <si>
+    <t>Badge Pickup &amp; Customer Service</t>
+  </si>
+  <si>
+    <t>Del Lago - Lower Level JW Marriott (Registration Customer Service Desk)</t>
+  </si>
+  <si>
+    <t>9:15 am</t>
+  </si>
+  <si>
+    <t>10:15 am</t>
+  </si>
+  <si>
+    <t>facilitated by Cathy Galbraith</t>
+  </si>
+  <si>
+    <t>Airline Roundtable Sessions</t>
+  </si>
+  <si>
+    <t>facilitated by Dennis Suedkamp &amp; John Rogers</t>
+  </si>
+  <si>
+    <t>12:15 pm</t>
+  </si>
+  <si>
+    <t>Business Luncheon and Keynote Speaker</t>
+  </si>
+  <si>
+    <t>Jeff Rogers</t>
+  </si>
+  <si>
+    <t>1:50 pm</t>
   </si>
   <si>
     <t>4:00 pm</t>
   </si>
   <si>
-    <t>2:30 pm</t>
-[...151 lines deleted...]
-  <si>
     <t>5:30 pm</t>
   </si>
   <si>
     <t>Live Crowd Trivia II</t>
   </si>
   <si>
     <t>9:00 pm</t>
   </si>
   <si>
     <t>Semi Formal Banquet Dinner </t>
   </si>
   <si>
     <t>Semi Formal Attire/Business Attire (No Jeans, T-Shirts, Shorts)</t>
   </si>
   <si>
     <t>Entertainment</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Tuesday, September 1</t>
   </si>
   <si>
     <t>Supplier Closed Meeting</t>
+  </si>
+  <si>
+    <t>Segura 2-3 - Lower Level JW Marriott</t>
   </si>
   <si>
     <t>Airline Closed Meeting</t>
   </si>
   <si>
     <t>12:20 pm</t>
   </si>
   <si>
     <t>Business Luncheon and Entertainment</t>
   </si>
   <si>
     <t>Nathan Coe Marsh</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
@@ -411,57 +462,57 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G75"/>
+  <dimension ref="A1:G78"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="11"/>
     <col min="3" max="3" width="9"/>
     <col min="4" max="4" width="60"/>
-    <col min="5" max="5" width="41"/>
+    <col min="5" max="5" width="60"/>
     <col min="6" max="6" width="60"/>
     <col min="7" max="7" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -473,1678 +524,1751 @@
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2"/>
       <c r="G2" t="inlineStr">
         <is>
           <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" t="s">
         <v>13</v>
       </c>
-      <c r="E3" t="s">
-[...4 lines deleted...]
-        <v>15</v>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2026 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
+        </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="F4"/>
       <c r="G4" t="inlineStr">
         <is>
-          <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2026 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
+          <t>Have questions on ACPC's newest networking tool? Stop by the Registration Help Desk to discover how the Connection Tracker app makes it fast and easy to capture contact info and follow up with your new connections.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5"/>
       <c r="G5" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" t="s">
         <v>22</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F6"/>
       <c r="G6" t="inlineStr">
         <is>
           <t>Open to Suppliers and Airlines - A 30-minute time slot for you to talk business in a casual and relaxed environment! Just show up, take a seat, and let the business come to you! Be sure to check out the Diversity Corner: A valuable opportunity for Airline and Supplier Companies to proactively seek strategic partnerships with diverse companies and for diverse companies to learn how they can help Airline and Supplier Companies achieve their diversity goals and how to enroll in their certified diversity programs, if applicable. Your company can take part in these mutually beneficial networking sessions throughout the conference. Just ask to host a table in the Diversity Corner and have Diversity Corner added to your table display.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" t="s">
         <v>25</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7"/>
+      <c r="G7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="E8" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" t="s">
         <v>28</v>
       </c>
-      <c r="F8"/>
       <c r="G8" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>New to the ACPC? This session is specifically designed for Supplier attendees. In this session, 2026 ACPC Board members will share more about the conference and how to take advantage of all of the networking and learning opportunities available with your Supplier Registration.</t>
+          <t>New to the ACPC? This session is specifically designed for Airline attendees. Join 2026 ACPC Board members to learn more about the conference and how to take advantage of all of the networking and learning opportunities available with your Airline Registration.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F10" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>New to the ACPC? This session is specifically designed for Airline attendees. Join 2026 ACPC Board members to learn more about the conference and how to take advantage of all of the networking and learning opportunities available with your Airline Registration.</t>
+          <t>New to the ACPC? This session is specifically designed for Supplier attendees. In this session, 2026 ACPC Board members will share more about the conference and how to take advantage of all of the networking and learning opportunities available with your Supplier Registration.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11" t="s">
+        <v>40</v>
+      </c>
+      <c r="E11" t="s">
         <v>36</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>Roundtable Power Up - Master simple strategies to get the most out of your roundtable sessions – maximizing your allotted time to position you as the go-to vendor for your airline contacts!</t>
+          <t>Mastering the Roundtables - Master simple strategies to get the most out of your roundtable sessions – maximizing your allotted time to position you as the go-to vendor for your airline contacts!</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E12" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F12" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>Sit for a free headshot photo to use on LinkedIn, social media, company website, company portfolio, marketing or advertising - wherever a good photo is required! Deb Scally is a Nashville-based portrait photographer with more than a decade of experience in public and private sector events.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C14" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2026 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15"/>
       <c r="G15" t="inlineStr">
         <is>
           <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C16" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E16" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F16"/>
-      <c r="G16" t="s">
-        <v>15</v>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>Have questions on ACPC's newest networking tool? Stop by the Registration Help Desk to discover how the Connection Tracker app makes it fast and easy to capture contact info and follow up with your new connections.</t>
+        </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="E17" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="G17"/>
+        <v>18</v>
+      </c>
+      <c r="F17"/>
+      <c r="G17" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F18" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G18"/>
+        <v>41</v>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>Mastering the Roundtables - Did you miss the earlier session? This is a repeat of the 11:00 AM session. Master simple strategies to get the most out of your roundtable sessions – maximizing your allotted time to position you as the go-to vendor for your airline contacts!</t>
+        </is>
+      </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="E19" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="F19" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="C20" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="E20" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F20" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="C21" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D21" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F21" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="G21"/>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" t="s">
         <v>24</v>
       </c>
-      <c r="C22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="E22" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="F22" t="s">
-        <v>45</v>
+        <v>65</v>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2026 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
+          <t>Live Crowd Trivia Contest returns this year in the Hospitality Suite with all new content. Test your knowledge against the best of the best on Aviation Topics. Winners get prizes!</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D23" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F23" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>68</v>
+      </c>
+      <c r="G23" t="inlineStr">
+        <is>
+          <t>Enjoy appetizers and cocktails during this reception, network with other attendees and hear from your ACPC Chairman, your Board of Directors and your ALL NEW Airline Advisory Council as they welcome you to the 2026 ACPC!</t>
+        </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="D24" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="E24" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F24"/>
       <c r="G24" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E25" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F25"/>
       <c r="G25" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26"/>
       <c r="G26" t="inlineStr">
         <is>
           <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B27" t="s">
-        <v>66</v>
+        <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="D27" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="E27" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F27"/>
-      <c r="G27" t="s">
-        <v>70</v>
+      <c r="G27" t="inlineStr">
+        <is>
+          <t>Have questions on ACPC's newest networking tool? Stop by the Registration Help Desk to discover how the Connection Tracker app makes it fast and easy to capture contact info and follow up with your new connections.</t>
+        </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B28" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="D28" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="F28" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G28"/>
+        <v>50</v>
+      </c>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2026 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
+        </is>
+      </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B29" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="C29" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="D29" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="E29" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="G29"/>
+        <v>76</v>
+      </c>
+      <c r="F29"/>
+      <c r="G29" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B30" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="C30" t="s">
-        <v>9</v>
+        <v>78</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="E30" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="F30" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="G30"/>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B31" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="C31" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="D31" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E31" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F31" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="G31"/>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B32" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C32" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="D32" t="s">
+        <v>22</v>
+      </c>
+      <c r="E32" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F32"/>
       <c r="G32" t="inlineStr">
         <is>
           <t>Open to Suppliers and Airlines - A 30-minute time slot for you to talk business in a casual and relaxed environment! Just show up, take a seat, and let the business come to you!</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
+        <v>30</v>
+      </c>
+      <c r="C33" t="s">
+        <v>82</v>
+      </c>
+      <c r="D33" t="s">
+        <v>83</v>
+      </c>
+      <c r="E33" t="s">
+        <v>23</v>
+      </c>
+      <c r="F33" t="s">
+        <v>84</v>
+      </c>
+      <c r="G33" t="s">
         <v>29</v>
-      </c>
-[...13 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B34" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C34" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="E34" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="F34" t="s">
+        <v>43</v>
+      </c>
+      <c r="G34" t="inlineStr">
+        <is>
+          <t>Sit for a free headshot photo to use on LinkedIn, social media, company website, company portfolio, marketing or advertising - wherever a good photo is required! Deb Scally is a Nashville-based portrait photographer with more than a decade of experience in public and private sector events.</t>
+        </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B35" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="C35" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="D35" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="E35" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="G35"/>
+        <v>23</v>
+      </c>
+      <c r="F35"/>
+      <c r="G35" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B36" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C36" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="D36" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="E36" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F36" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B37" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C37" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D37" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="E37" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="F37" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>Open to registered Airline attendees only! Join us for lunch at 11:30 AM before perusing the Aviation Networking Forum (ANF) during the Airline Only time beginning at 1:00 PM.</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B38" t="s">
+        <v>89</v>
+      </c>
+      <c r="C38" t="s">
         <v>44</v>
       </c>
-      <c r="C38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="E38" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="F38" t="s">
-        <v>32</v>
+        <v>91</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B39" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C39" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="E39" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F39" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="G39"/>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B40" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C40" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="D40" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="E40" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="F40"/>
       <c r="G40" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B41" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="C41" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="D41" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E41" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F41"/>
       <c r="G41" t="inlineStr">
         <is>
-          <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
+          <t>Have questions on ACPC's newest networking tool? Stop by the Registration Help Desk to discover how the Connection Tracker app makes it fast and easy to capture contact info and follow up with your new connections.</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B42" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="C42" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="D42" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="E42" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="G42"/>
+        <v>11</v>
+      </c>
+      <c r="F42"/>
+      <c r="G42" t="inlineStr">
+        <is>
+          <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
+        </is>
+      </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B43" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="C43" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="D43" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-        <v>86</v>
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
+        <v>50</v>
+      </c>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>Saturday and Sunday ONLY! Stop by the Mobile App Help Desk to learn how to fully utilize the 2026 ACPC mobile app and get the most out of your time during the conference! Get tips on how to take advantage of networking opportunities, keep track of exhibitor and attendee information, contribute photos and comments to the social activity feed and more.</t>
+        </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B44" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="C44" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="E44" t="s">
-        <v>11</v>
-[...7 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="F44"/>
+      <c r="G44" t="s">
+        <v>98</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B45" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C45" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D45" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="E45" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="F45" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B46" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C46" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="D46" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="E46" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="F46"/>
       <c r="G46" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B47" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C47" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D47" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="E47" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F47"/>
       <c r="G47" t="inlineStr">
         <is>
           <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B48" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C48" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D48" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="E48" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F48" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C49" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D49" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="E49" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>108</v>
+      </c>
+      <c r="F49"/>
+      <c r="G49" t="inlineStr">
+        <is>
+          <t>Have questions on ACPC's newest networking tool? Stop by the Registration Help Desk to discover how the Connection Tracker app makes it fast and easy to capture contact info and follow up with your new connections.</t>
+        </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B50" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C50" t="s">
         <v>9</v>
       </c>
       <c r="D50" t="s">
+        <v>22</v>
+      </c>
+      <c r="E50" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F50"/>
       <c r="G50" t="inlineStr">
         <is>
           <t>Open to Suppliers and Airlines - A 30-minute time slot for you to talk business in a casual and relaxed environment! Just show up, take a seat, and let the business come to you!</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B51" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C51" t="s">
         <v>9</v>
       </c>
       <c r="D51" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="E51" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F51"/>
       <c r="G51" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B52" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C52" t="s">
         <v>9</v>
       </c>
       <c r="D52" t="s">
-        <v>39</v>
+        <v>83</v>
       </c>
       <c r="E52" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F52" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="G52" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B53" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="C53" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="D53" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="E53" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="F53" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="G53"/>
+        <v>43</v>
+      </c>
+      <c r="G53" t="inlineStr">
+        <is>
+          <t>Sit for a free headshot photo to use on LinkedIn, social media, company website, company portfolio, marketing or advertising - wherever a good photo is required! Deb Scally is a Nashville-based portrait photographer with more than a decade of experience in public and private sector events.</t>
+        </is>
+      </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B54" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="C54" t="s">
-        <v>35</v>
+        <v>110</v>
       </c>
       <c r="D54" t="s">
-        <v>37</v>
+        <v>90</v>
       </c>
       <c r="E54" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="F54" t="s">
-        <v>32</v>
+        <v>111</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B55" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C55" t="s">
         <v>9</v>
       </c>
       <c r="D55" t="s">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="E55" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="F55"/>
       <c r="G55" t="inlineStr">
         <is>
           <t>A flagship event of the ACPC, Airline Roundtable meetings are considered to be one of the core ingredients that have made the conference so successful for 69 years.</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B56" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="C56" t="s">
-        <v>99</v>
+        <v>74</v>
       </c>
       <c r="D56" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="E56" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F56" t="s">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B57" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="C57" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="D57" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="E57" t="s">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="F57" t="s">
-        <v>32</v>
+        <v>113</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B58" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="C58" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="D58" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="E58" t="s">
-        <v>94</v>
-[...6 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="F58" t="s">
+        <v>116</v>
+      </c>
+      <c r="G58"/>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B59" t="s">
-        <v>48</v>
+        <v>117</v>
       </c>
       <c r="C59" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="D59" t="s">
-        <v>43</v>
+        <v>112</v>
       </c>
       <c r="E59" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="G59"/>
+        <v>105</v>
+      </c>
+      <c r="F59"/>
+      <c r="G59" t="inlineStr">
+        <is>
+          <t>A flagship event of the ACPC, Airline Roundtable meetings are considered to be one of the core ingredients that have made the conference so successful for 69 years.</t>
+        </is>
+      </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B60" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C60" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="D60" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E60" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F60" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="G60"/>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B61" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C61" t="s">
         <v>24</v>
       </c>
       <c r="D61" t="s">
+        <v>22</v>
+      </c>
+      <c r="E61" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F61"/>
       <c r="G61" t="inlineStr">
         <is>
           <t>Open to Suppliers and Airlines - A 30-minute time slot for you to talk business in a casual and relaxed environment! Just show up, take a seat, and let the business come to you!</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B62" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C62" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="D62" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="E62" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F62" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>43</v>
+      </c>
+      <c r="G62" t="inlineStr">
+        <is>
+          <t>Sit for a free headshot photo to use on LinkedIn, social media, company website, company portfolio, marketing or advertising - wherever a good photo is required! Deb Scally is a Nashville-based portrait photographer with more than a decade of experience in public and private sector events.</t>
+        </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B63" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C63" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="D63" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="E63" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F63"/>
       <c r="G63" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B64" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="C64" t="s">
-        <v>22</v>
+        <v>96</v>
       </c>
       <c r="D64" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="E64" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="F64" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="G64" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B65" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
       <c r="C65" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D65" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E65" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F65" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G65"/>
+        <v>41</v>
+      </c>
+      <c r="G65" t="inlineStr">
+        <is>
+          <t>Beyond the Roundtables - Keep the momentum after the ACPC and discover how to maintain and nurture the relationships you’ve started once you’re back in the office.</t>
+        </is>
+      </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B66" t="s">
+        <v>118</v>
+      </c>
+      <c r="C66" t="s">
         <v>24</v>
       </c>
-      <c r="C66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66" t="s">
-        <v>104</v>
+        <v>46</v>
       </c>
       <c r="E66" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F66" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="G66"/>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B67" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="C67" t="s">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="D67" t="s">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="E67" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-        <v>107</v>
+        <v>23</v>
+      </c>
+      <c r="F67" t="s">
+        <v>65</v>
+      </c>
+      <c r="G67" t="inlineStr">
+        <is>
+          <t>If you missed the fun on Saturday night, this is your chance to test your knowledge against the best of the best on Aviation Topics. For those of you who played on Saturday, come back and play again in an all-new game. Winners get prizes!</t>
+        </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="B68" t="s">
-        <v>105</v>
+        <v>49</v>
       </c>
       <c r="C68" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="D68" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="E68" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-        <v>109</v>
+        <v>100</v>
+      </c>
+      <c r="F68"/>
+      <c r="G68" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="B69" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="C69" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="D69" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="E69" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="G69"/>
+        <v>100</v>
+      </c>
+      <c r="F69" t="s">
+        <v>88</v>
+      </c>
+      <c r="G69" t="s" s="2">
+        <v>125</v>
+      </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="D70" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="E70" t="s">
-        <v>32</v>
+        <v>128</v>
       </c>
       <c r="F70"/>
       <c r="G70"/>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="B71" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="D71" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="E71" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="F71"/>
-      <c r="G71" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G71"/>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="B72" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C72" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D72" t="s">
-        <v>39</v>
+        <v>107</v>
       </c>
       <c r="E72" t="s">
         <v>18</v>
       </c>
-      <c r="F72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F72"/>
       <c r="G72" t="inlineStr">
         <is>
-          <t>Sit for a free headshot photo to use on LinkedIn, social media, company website, company portfolio, marketing or advertising - wherever a good photo is required! Deb Scally is a Nashville-based portrait photographer with more than a decade of experience in public and private sector events.</t>
+          <t>Bring a photo ID and your registration QR code (printed or on your smart phone) to pick up your 2026 ACPC badge and wristband. Both badge and wristband are required for entry to ALL ACPC events. Lost badges and/or wristbands will NOT be replaced.</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="B73" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C73" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D73" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E73" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="F73"/>
       <c r="G73" t="inlineStr">
         <is>
-          <t>Open to Suppliers and Airlines - A 30-minute time slot for you to talk business in a casual and relaxed environment! Just show up, take a seat, and let the business come to you!</t>
+          <t>Have questions on ACPC's newest networking tool? Stop by the Registration Help Desk to discover how the Connection Tracker app makes it fast and easy to capture contact info and follow up with your new connections.</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="B74" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C74" t="s">
-        <v>113</v>
+        <v>9</v>
       </c>
       <c r="D74" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="E74" t="s">
-        <v>94</v>
+        <v>23</v>
       </c>
       <c r="F74"/>
-      <c r="G74" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G74" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="B75" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="C75" t="s">
-        <v>81</v>
+        <v>9</v>
       </c>
       <c r="D75" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="E75" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="F75" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="G75"/>
+        <v>43</v>
+      </c>
+      <c r="G75" t="inlineStr">
+        <is>
+          <t>This is your last chance to sit for a free headshot photo to use on LinkedIn, social media, company website, company portfolio, marketing or advertising - wherever a good photo is required! Deb Scally is a Nashville-based portrait photographer with more than a decade of experience in public and private sector events.</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>126</v>
+      </c>
+      <c r="B76" t="s">
+        <v>20</v>
+      </c>
+      <c r="C76" t="s">
+        <v>9</v>
+      </c>
+      <c r="D76" t="s">
+        <v>22</v>
+      </c>
+      <c r="E76" t="s">
+        <v>23</v>
+      </c>
+      <c r="F76"/>
+      <c r="G76" t="inlineStr">
+        <is>
+          <t>Open to Suppliers and Airlines - A 30-minute time slot for you to talk business in a casual and relaxed environment! Just show up, take a seat, and let the business come to you!</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>126</v>
+      </c>
+      <c r="B77" t="s">
+        <v>20</v>
+      </c>
+      <c r="C77" t="s">
+        <v>130</v>
+      </c>
+      <c r="D77" t="s">
+        <v>112</v>
+      </c>
+      <c r="E77" t="s">
+        <v>105</v>
+      </c>
+      <c r="F77"/>
+      <c r="G77" t="inlineStr">
+        <is>
+          <t>A flagship event of the ACPC, Airline Roundtable meetings are considered to be one of the core ingredients that have made the conference so successful for 69 years.</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>126</v>
+      </c>
+      <c r="B78" t="s">
+        <v>39</v>
+      </c>
+      <c r="C78" t="s">
+        <v>52</v>
+      </c>
+      <c r="D78" t="s">
+        <v>131</v>
+      </c>
+      <c r="E78" t="s">
+        <v>100</v>
+      </c>
+      <c r="F78" t="s">
+        <v>132</v>
+      </c>
+      <c r="G78"/>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>